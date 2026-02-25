--- v0 (2026-02-02)
+++ v1 (2026-02-25)
@@ -25,51 +25,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Inventario de bienes inmuebles" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="625">
   <si>
     <t>Municipio de Oaxaca de Juárez, Oaxaca</t>
   </si>
   <si>
     <t>Subdirección de Patrimonio y Mantenimiento de Bienes Muebles</t>
   </si>
   <si>
     <t>226 Registro(s) coincidentes</t>
   </si>
   <si>
-    <t>Última actualización: 30-06-2021     Fecha de consulta: 02-02-2026</t>
+    <t>Última actualización: 30-06-2021     Fecha de consulta: 24-02-2026</t>
   </si>
   <si>
     <t>URL de consulta: https://transparencia.municipiodeoaxaca.gob.mx/bienes-inmuebles</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Ubicación</t>
   </si>
   <si>
     <t>Operación</t>
   </si>
   <si>
     <t>Escritura</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor</t>
   </si>